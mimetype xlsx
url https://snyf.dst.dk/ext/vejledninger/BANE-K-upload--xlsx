--- v0 (2025-10-20)
+++ v1 (2026-03-31)
@@ -1,113 +1,127 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
-<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
-  <fileVersion appName="xl" lastEdited="6" lowestEdited="5" rupBuild="14420"/>
+<workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\BANE-K\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Q:\Koordinering af dataindsamling\01 - Tællingsdokumenter\BANE-K\Skemaer\"/>
     </mc:Choice>
   </mc:AlternateContent>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{771B0196-E177-4FEF-B39B-E2BD879FA02C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <workbookProtection workbookAlgorithmName="SHA-512" workbookHashValue="AX905VXYAd4aq0UmsDEv2/gaJhGHBRWyS8bfKmGThBjYGkoTw/14kR/Z65CqFWUlyhR8HiY/QQpUSEXx/C/T2A==" workbookSaltValue="Ls8hFxKB1omD8k76A3xbsg==" workbookSpinCount="100000" lockStructure="1"/>
   <bookViews>
-    <workbookView xWindow="120" yWindow="195" windowWidth="28680" windowHeight="12525"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="GODS_PASSAGER" sheetId="1" r:id="rId1"/>
   </sheets>
-  <calcPr calcId="162913"/>
+  <calcPr calcId="191029"/>
+  <extLst>
+    <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
+      <xcalcf:calcFeatures>
+        <xcalcf:feature name="microsoft.com:RD"/>
+        <xcalcf:feature name="microsoft.com:Single"/>
+        <xcalcf:feature name="microsoft.com:FV"/>
+        <xcalcf:feature name="microsoft.com:CNMTM"/>
+        <xcalcf:feature name="microsoft.com:LET_WF"/>
+        <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
+        <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
+      </xcalcf:calcFeatures>
+    </ext>
+  </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="F39" i="1" l="1"/>
   <c r="E39" i="1"/>
   <c r="D39" i="1"/>
-  <c r="C39" i="1" l="1"/>
+  <c r="C39" i="1"/>
+  <c r="G39" i="1" s="1"/>
   <c r="F31" i="1"/>
   <c r="E31" i="1"/>
   <c r="D31" i="1"/>
   <c r="C31" i="1"/>
-  <c r="G46" i="1" l="1"/>
+  <c r="G31" i="1" s="1"/>
+  <c r="G46" i="1"/>
   <c r="G45" i="1"/>
   <c r="G44" i="1"/>
   <c r="G43" i="1"/>
   <c r="G42" i="1"/>
   <c r="G41" i="1"/>
   <c r="G33" i="1"/>
   <c r="G34" i="1"/>
   <c r="G35" i="1"/>
   <c r="G36" i="1"/>
   <c r="G37" i="1"/>
-  <c r="A15" i="1" l="1"/>
+  <c r="A15" i="1"/>
   <c r="A29" i="1" s="1"/>
   <c r="C17" i="1"/>
   <c r="D17" i="1"/>
   <c r="E17" i="1"/>
   <c r="F17" i="1"/>
   <c r="G18" i="1"/>
   <c r="G19" i="1"/>
   <c r="G20" i="1"/>
   <c r="G21" i="1"/>
   <c r="C22" i="1"/>
   <c r="D22" i="1"/>
   <c r="E22" i="1"/>
+  <c r="G22" i="1" s="1"/>
   <c r="F22" i="1"/>
   <c r="G23" i="1"/>
   <c r="G24" i="1"/>
   <c r="G25" i="1"/>
   <c r="G26" i="1"/>
   <c r="G27" i="1"/>
   <c r="G32" i="1"/>
   <c r="G38" i="1"/>
   <c r="G40" i="1"/>
   <c r="G47" i="1"/>
-  <c r="G22" i="1" l="1"/>
-[...1 lines deleted...]
-  <c r="G31" i="1"/>
   <c r="G17" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="55" uniqueCount="36">
   <si>
     <t>togkm</t>
   </si>
   <si>
     <t>Trafikarbejde</t>
   </si>
   <si>
     <t>International</t>
   </si>
   <si>
     <t>National</t>
   </si>
   <si>
     <t>1.000 personkm</t>
   </si>
   <si>
     <t>Persontransportarbejde</t>
   </si>
   <si>
@@ -182,51 +196,51 @@
   <si>
     <t>Upload det udfyldte regneark på: www.dst.dk/JbtKvt</t>
   </si>
   <si>
     <t>Øst for Storebælt</t>
   </si>
   <si>
     <t>Vest for Storebælt</t>
   </si>
   <si>
     <t>Mellem Øst- og Vestdanmark</t>
   </si>
   <si>
     <t>heraf over Øresund</t>
   </si>
   <si>
     <t>S-tog/Metro/Letbane</t>
   </si>
   <si>
     <t>Vejledning til Upload</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
+<styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -406,320 +420,315 @@
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color theme="8"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="3">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="57">
+  <cellXfs count="52">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="2" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="9" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="2" borderId="7" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="11" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="10" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="6" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="0" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="3" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="2" xfId="0" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="3" fontId="0" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="5" xfId="0" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="3" fontId="0" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="2" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" indent="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" indent="2"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="14" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="2" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="0" xfId="2" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="3">
     <cellStyle name="Link" xfId="2" builtinId="8"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
-    <cellStyle name="Normal 2" xfId="1"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FFFFFF66"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-tema">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Kontor">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Kontor">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Kontor">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -852,844 +861,844 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dst.dk/JbtKvt" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dst.dk/kapitel" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.dst.dk/itudgifter" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.dst.dk/da/Indberet/vejledning-til-digital-indberetning/indberetning-via-filupload" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection sqref="A1:S1"/>
+      <selection activeCell="A5" sqref="A5:G5"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.5703125" customWidth="1"/>
     <col min="2" max="2" width="10.28515625" customWidth="1"/>
     <col min="3" max="7" width="12" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="42" t="s">
+      <c r="A1" s="37" t="s">
         <v>35</v>
       </c>
-      <c r="B1" s="43"/>
-[...19 lines deleted...]
-      <c r="A2" s="42" t="s">
+      <c r="B1" s="38"/>
+      <c r="C1" s="38"/>
+      <c r="D1" s="38"/>
+      <c r="E1" s="38"/>
+      <c r="F1" s="38"/>
+      <c r="G1" s="38"/>
+      <c r="H1" s="39"/>
+      <c r="I1" s="39"/>
+      <c r="J1" s="39"/>
+      <c r="K1" s="39"/>
+      <c r="L1" s="39"/>
+      <c r="M1" s="39"/>
+      <c r="N1" s="39"/>
+      <c r="O1" s="39"/>
+      <c r="P1" s="39"/>
+      <c r="Q1" s="39"/>
+      <c r="R1" s="39"/>
+      <c r="S1" s="39"/>
+    </row>
+    <row r="2" spans="1:19" s="33" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A2" s="37" t="s">
         <v>29</v>
       </c>
-      <c r="B2" s="43"/>
-[...16 lines deleted...]
-      <c r="S2" s="44"/>
+      <c r="B2" s="38"/>
+      <c r="C2" s="38"/>
+      <c r="D2" s="38"/>
+      <c r="E2" s="38"/>
+      <c r="F2" s="38"/>
+      <c r="G2" s="38"/>
+      <c r="H2" s="39"/>
+      <c r="I2" s="39"/>
+      <c r="J2" s="39"/>
+      <c r="K2" s="39"/>
+      <c r="L2" s="39"/>
+      <c r="M2" s="39"/>
+      <c r="N2" s="39"/>
+      <c r="O2" s="39"/>
+      <c r="P2" s="39"/>
+      <c r="Q2" s="39"/>
+      <c r="R2" s="39"/>
+      <c r="S2" s="39"/>
     </row>
     <row r="4" spans="1:19" ht="19.5" thickBot="1" x14ac:dyDescent="0.35">
-      <c r="A4" s="50" t="s">
+      <c r="A4" s="45" t="s">
         <v>27</v>
       </c>
-      <c r="B4" s="50"/>
-[...5 lines deleted...]
-      <c r="H4" s="3"/>
+      <c r="B4" s="45"/>
+      <c r="C4" s="45"/>
+      <c r="D4" s="45"/>
+      <c r="E4" s="45"/>
+      <c r="F4" s="45"/>
+      <c r="G4" s="45"/>
+      <c r="H4" s="2"/>
     </row>
     <row r="5" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A5" s="52" t="s">
+      <c r="A5" s="47" t="s">
         <v>26</v>
       </c>
-      <c r="B5" s="52"/>
-[...5 lines deleted...]
-      <c r="H5" s="3"/>
+      <c r="B5" s="47"/>
+      <c r="C5" s="47"/>
+      <c r="D5" s="47"/>
+      <c r="E5" s="47"/>
+      <c r="F5" s="47"/>
+      <c r="G5" s="47"/>
+      <c r="H5" s="2"/>
     </row>
     <row r="6" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A6" s="53">
-[...8 lines deleted...]
-      <c r="H6" s="3"/>
+      <c r="A6" s="48">
+        <v>2026</v>
+      </c>
+      <c r="B6" s="48"/>
+      <c r="C6" s="48"/>
+      <c r="D6" s="48"/>
+      <c r="E6" s="48"/>
+      <c r="F6" s="48"/>
+      <c r="G6" s="48"/>
+      <c r="H6" s="2"/>
     </row>
     <row r="7" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A7" s="4"/>
-[...6 lines deleted...]
-      <c r="H7" s="3"/>
+      <c r="A7" s="3"/>
+      <c r="B7" s="3"/>
+      <c r="C7" s="3"/>
+      <c r="D7" s="3"/>
+      <c r="E7" s="3"/>
+      <c r="F7" s="3"/>
+      <c r="G7" s="3"/>
+      <c r="H7" s="2"/>
     </row>
     <row r="8" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A8" s="5" t="s">
+      <c r="A8" s="4" t="s">
         <v>28</v>
       </c>
-      <c r="B8" s="51"/>
-[...5 lines deleted...]
-      <c r="H8" s="3"/>
+      <c r="B8" s="46"/>
+      <c r="C8" s="46"/>
+      <c r="D8" s="46"/>
+      <c r="E8" s="46"/>
+      <c r="F8" s="46"/>
+      <c r="G8" s="46"/>
+      <c r="H8" s="2"/>
     </row>
     <row r="9" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A9" s="5" t="s">
+      <c r="A9" s="4" t="s">
         <v>25</v>
       </c>
-      <c r="B9" s="51"/>
-[...5 lines deleted...]
-      <c r="H9" s="3"/>
+      <c r="B9" s="46"/>
+      <c r="C9" s="46"/>
+      <c r="D9" s="46"/>
+      <c r="E9" s="46"/>
+      <c r="F9" s="46"/>
+      <c r="G9" s="46"/>
+      <c r="H9" s="2"/>
     </row>
     <row r="10" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A10" s="5" t="s">
+      <c r="A10" s="4" t="s">
         <v>24</v>
       </c>
-      <c r="B10" s="51"/>
-[...5 lines deleted...]
-      <c r="H10" s="3"/>
+      <c r="B10" s="46"/>
+      <c r="C10" s="46"/>
+      <c r="D10" s="46"/>
+      <c r="E10" s="46"/>
+      <c r="F10" s="46"/>
+      <c r="G10" s="46"/>
+      <c r="H10" s="2"/>
     </row>
     <row r="11" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A11" s="5" t="s">
+      <c r="A11" s="4" t="s">
         <v>23</v>
       </c>
-      <c r="B11" s="51"/>
-[...5 lines deleted...]
-      <c r="H11" s="3"/>
+      <c r="B11" s="46"/>
+      <c r="C11" s="46"/>
+      <c r="D11" s="46"/>
+      <c r="E11" s="46"/>
+      <c r="F11" s="46"/>
+      <c r="G11" s="46"/>
+      <c r="H11" s="2"/>
     </row>
     <row r="12" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A12" s="5" t="s">
+      <c r="A12" s="4" t="s">
         <v>22</v>
       </c>
-      <c r="B12" s="51"/>
-[...5 lines deleted...]
-      <c r="H12" s="3"/>
+      <c r="B12" s="46"/>
+      <c r="C12" s="46"/>
+      <c r="D12" s="46"/>
+      <c r="E12" s="46"/>
+      <c r="F12" s="46"/>
+      <c r="G12" s="46"/>
+      <c r="H12" s="2"/>
     </row>
     <row r="13" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A13" s="3"/>
-[...6 lines deleted...]
-      <c r="H13" s="3"/>
+      <c r="A13" s="2"/>
+      <c r="B13" s="2"/>
+      <c r="C13" s="2"/>
+      <c r="D13" s="2"/>
+      <c r="E13" s="2"/>
+      <c r="F13" s="2"/>
+      <c r="G13" s="2"/>
+      <c r="H13" s="2"/>
     </row>
     <row r="14" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A14" s="3"/>
-[...6 lines deleted...]
-      <c r="H14" s="3"/>
+      <c r="A14" s="2"/>
+      <c r="B14" s="2"/>
+      <c r="C14" s="2"/>
+      <c r="D14" s="2"/>
+      <c r="E14" s="2"/>
+      <c r="F14" s="2"/>
+      <c r="G14" s="2"/>
+      <c r="H14" s="2"/>
     </row>
     <row r="15" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A15" s="6">
+      <c r="A15" s="5">
         <f>A6</f>
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="B15" s="54" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B15" s="49" t="s">
         <v>21</v>
       </c>
-      <c r="C15" s="54"/>
-[...4 lines deleted...]
-      <c r="H15" s="3"/>
+      <c r="C15" s="49"/>
+      <c r="D15" s="49"/>
+      <c r="E15" s="49"/>
+      <c r="F15" s="49"/>
+      <c r="G15" s="50"/>
+      <c r="H15" s="2"/>
     </row>
     <row r="16" spans="1:19" x14ac:dyDescent="0.25">
-      <c r="A16" s="7"/>
-[...1 lines deleted...]
-      <c r="C16" s="9" t="s">
+      <c r="A16" s="6"/>
+      <c r="B16" s="7"/>
+      <c r="C16" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="D16" s="10" t="s">
+      <c r="D16" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="E16" s="10" t="s">
+      <c r="E16" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="F16" s="10" t="s">
+      <c r="F16" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="G16" s="11" t="s">
+      <c r="G16" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="H16" s="3"/>
+      <c r="H16" s="2"/>
     </row>
     <row r="17" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A17" s="7" t="s">
+      <c r="A17" s="6" t="s">
         <v>20</v>
       </c>
-      <c r="B17" s="45" t="s">
+      <c r="B17" s="40" t="s">
         <v>19</v>
       </c>
-      <c r="C17" s="12">
+      <c r="C17" s="11">
         <f>SUM(C18:C21)</f>
         <v>0</v>
       </c>
-      <c r="D17" s="13">
+      <c r="D17" s="12">
         <f>SUM(D18:D21)</f>
         <v>0</v>
       </c>
-      <c r="E17" s="13">
+      <c r="E17" s="12">
         <f>SUM(E18:E21)</f>
         <v>0</v>
       </c>
-      <c r="F17" s="13">
+      <c r="F17" s="12">
         <f>SUM(F18:F21)</f>
         <v>0</v>
       </c>
-      <c r="G17" s="14">
+      <c r="G17" s="13">
         <f t="shared" ref="G17:G27" si="0">SUM(C17:F17)</f>
         <v>0</v>
       </c>
-      <c r="H17" s="3"/>
-[...2 lines deleted...]
-      <c r="A18" s="15" t="s">
+      <c r="H17" s="2"/>
+    </row>
+    <row r="18" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A18" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B18" s="45"/>
-[...4 lines deleted...]
-      <c r="G18" s="16">
+      <c r="B18" s="40"/>
+      <c r="C18" s="28"/>
+      <c r="D18" s="29"/>
+      <c r="E18" s="29"/>
+      <c r="F18" s="29"/>
+      <c r="G18" s="13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H18" s="17"/>
-[...2 lines deleted...]
-      <c r="A19" s="15" t="s">
+      <c r="H18" s="2"/>
+    </row>
+    <row r="19" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A19" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="B19" s="45"/>
-[...4 lines deleted...]
-      <c r="G19" s="16">
+      <c r="B19" s="40"/>
+      <c r="C19" s="28"/>
+      <c r="D19" s="29"/>
+      <c r="E19" s="29"/>
+      <c r="F19" s="29"/>
+      <c r="G19" s="13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H19" s="17"/>
-[...2 lines deleted...]
-      <c r="A20" s="15" t="s">
+      <c r="H19" s="2"/>
+    </row>
+    <row r="20" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A20" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="B20" s="45"/>
-[...4 lines deleted...]
-      <c r="G20" s="16">
+      <c r="B20" s="40"/>
+      <c r="C20" s="28"/>
+      <c r="D20" s="29"/>
+      <c r="E20" s="29"/>
+      <c r="F20" s="29"/>
+      <c r="G20" s="13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H20" s="17"/>
-[...2 lines deleted...]
-      <c r="A21" s="18" t="s">
+      <c r="H20" s="2"/>
+    </row>
+    <row r="21" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A21" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B21" s="46"/>
-[...4 lines deleted...]
-      <c r="G21" s="19">
+      <c r="B21" s="41"/>
+      <c r="C21" s="30"/>
+      <c r="D21" s="31"/>
+      <c r="E21" s="31"/>
+      <c r="F21" s="31"/>
+      <c r="G21" s="16">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H21" s="17"/>
+      <c r="H21" s="2"/>
     </row>
     <row r="22" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A22" s="20" t="s">
+      <c r="A22" s="17" t="s">
         <v>18</v>
       </c>
-      <c r="B22" s="47" t="s">
+      <c r="B22" s="42" t="s">
         <v>17</v>
       </c>
-      <c r="C22" s="21">
+      <c r="C22" s="18">
         <f>SUM(C23:C26)</f>
         <v>0</v>
       </c>
-      <c r="D22" s="22">
+      <c r="D22" s="19">
         <f>SUM(D23:D26)</f>
         <v>0</v>
       </c>
-      <c r="E22" s="22">
+      <c r="E22" s="19">
         <f>SUM(E23:E26)</f>
         <v>0</v>
       </c>
-      <c r="F22" s="22">
+      <c r="F22" s="19">
         <f>SUM(F23:F26)</f>
         <v>0</v>
       </c>
-      <c r="G22" s="23">
+      <c r="G22" s="20">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H22" s="3"/>
-[...2 lines deleted...]
-      <c r="A23" s="15" t="s">
+      <c r="H22" s="2"/>
+    </row>
+    <row r="23" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A23" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B23" s="45"/>
-[...4 lines deleted...]
-      <c r="G23" s="16">
+      <c r="B23" s="40"/>
+      <c r="C23" s="28"/>
+      <c r="D23" s="29"/>
+      <c r="E23" s="29"/>
+      <c r="F23" s="29"/>
+      <c r="G23" s="13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H23" s="17"/>
-[...2 lines deleted...]
-      <c r="A24" s="15" t="s">
+      <c r="H23" s="2"/>
+    </row>
+    <row r="24" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A24" s="14" t="s">
         <v>16</v>
       </c>
-      <c r="B24" s="45"/>
-[...4 lines deleted...]
-      <c r="G24" s="16">
+      <c r="B24" s="40"/>
+      <c r="C24" s="28"/>
+      <c r="D24" s="29"/>
+      <c r="E24" s="29"/>
+      <c r="F24" s="29"/>
+      <c r="G24" s="13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H24" s="17"/>
-[...2 lines deleted...]
-      <c r="A25" s="15" t="s">
+      <c r="H24" s="2"/>
+    </row>
+    <row r="25" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A25" s="14" t="s">
         <v>15</v>
       </c>
-      <c r="B25" s="45"/>
-[...4 lines deleted...]
-      <c r="G25" s="16">
+      <c r="B25" s="40"/>
+      <c r="C25" s="28"/>
+      <c r="D25" s="29"/>
+      <c r="E25" s="29"/>
+      <c r="F25" s="29"/>
+      <c r="G25" s="13">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H25" s="17"/>
-[...2 lines deleted...]
-      <c r="A26" s="18" t="s">
+      <c r="H25" s="2"/>
+    </row>
+    <row r="26" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A26" s="15" t="s">
         <v>14</v>
       </c>
-      <c r="B26" s="46"/>
-[...4 lines deleted...]
-      <c r="G26" s="19">
+      <c r="B26" s="41"/>
+      <c r="C26" s="30"/>
+      <c r="D26" s="31"/>
+      <c r="E26" s="31"/>
+      <c r="F26" s="31"/>
+      <c r="G26" s="16">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H26" s="17"/>
-[...2 lines deleted...]
-      <c r="A27" s="24" t="s">
+      <c r="H26" s="2"/>
+    </row>
+    <row r="27" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A27" s="21" t="s">
         <v>1</v>
       </c>
-      <c r="B27" s="25" t="s">
-[...6 lines deleted...]
-      <c r="G27" s="26">
+      <c r="B27" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="C27" s="29"/>
+      <c r="D27" s="29"/>
+      <c r="E27" s="29"/>
+      <c r="F27" s="29"/>
+      <c r="G27" s="23">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
-      <c r="H27" s="17"/>
+      <c r="H27" s="2"/>
     </row>
     <row r="28" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A28" s="27"/>
-[...9 lines deleted...]
-      <c r="A29" s="6">
+      <c r="A28" s="24"/>
+      <c r="B28" s="25"/>
+      <c r="C28" s="26"/>
+      <c r="D28" s="26"/>
+      <c r="E28" s="26"/>
+      <c r="F28" s="26"/>
+      <c r="G28" s="26"/>
+      <c r="H28" s="2"/>
+    </row>
+    <row r="29" spans="1:8" s="1" customFormat="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="5">
         <f>A15</f>
-        <v>2025</v>
-[...1 lines deleted...]
-      <c r="B29" s="54" t="s">
+        <v>2026</v>
+      </c>
+      <c r="B29" s="49" t="s">
         <v>13</v>
       </c>
-      <c r="C29" s="56"/>
-[...4 lines deleted...]
-      <c r="H29" s="31"/>
+      <c r="C29" s="51"/>
+      <c r="D29" s="49"/>
+      <c r="E29" s="49"/>
+      <c r="F29" s="49"/>
+      <c r="G29" s="50"/>
+      <c r="H29" s="7"/>
     </row>
     <row r="30" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A30" s="32"/>
-[...1 lines deleted...]
-      <c r="C30" s="9" t="s">
+      <c r="A30" s="27"/>
+      <c r="B30" s="7"/>
+      <c r="C30" s="8" t="s">
         <v>12</v>
       </c>
-      <c r="D30" s="10" t="s">
+      <c r="D30" s="9" t="s">
         <v>11</v>
       </c>
-      <c r="E30" s="10" t="s">
+      <c r="E30" s="9" t="s">
         <v>10</v>
       </c>
-      <c r="F30" s="10" t="s">
+      <c r="F30" s="9" t="s">
         <v>9</v>
       </c>
-      <c r="G30" s="11" t="s">
+      <c r="G30" s="10" t="s">
         <v>8</v>
       </c>
-      <c r="H30" s="3"/>
+      <c r="H30" s="2"/>
     </row>
     <row r="31" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A31" s="7" t="s">
+      <c r="A31" s="6" t="s">
         <v>7</v>
       </c>
-      <c r="B31" s="48" t="s">
+      <c r="B31" s="43" t="s">
         <v>6</v>
       </c>
-      <c r="C31" s="12">
+      <c r="C31" s="11">
         <f>IF(C32&gt;0,C32,SUM(C33:C36))+IF(C37&gt;0,C37,C38)</f>
         <v>0</v>
       </c>
-      <c r="D31" s="13">
+      <c r="D31" s="12">
         <f t="shared" ref="D31:F31" si="1">IF(D32&gt;0,D32,SUM(D33:D36))+IF(D37&gt;0,D37,D38)</f>
         <v>0</v>
       </c>
-      <c r="E31" s="13">
+      <c r="E31" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="F31" s="13">
+      <c r="F31" s="12">
         <f t="shared" si="1"/>
         <v>0</v>
       </c>
-      <c r="G31" s="14">
+      <c r="G31" s="13">
         <f t="shared" ref="G31:G47" si="2">SUM(C31:F31)</f>
         <v>0</v>
       </c>
-      <c r="H31" s="3"/>
-[...2 lines deleted...]
-      <c r="A32" s="15" t="s">
+      <c r="H31" s="2"/>
+    </row>
+    <row r="32" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A32" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B32" s="48"/>
-[...4 lines deleted...]
-      <c r="G32" s="16">
+      <c r="B32" s="43"/>
+      <c r="C32" s="28"/>
+      <c r="D32" s="29"/>
+      <c r="E32" s="29"/>
+      <c r="F32" s="29"/>
+      <c r="G32" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H32" s="17"/>
-[...2 lines deleted...]
-      <c r="A33" s="40" t="s">
+      <c r="H32" s="2"/>
+    </row>
+    <row r="33" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A33" s="35" t="s">
         <v>34</v>
       </c>
-      <c r="B33" s="48"/>
-[...4 lines deleted...]
-      <c r="G33" s="16">
+      <c r="B33" s="43"/>
+      <c r="C33" s="28"/>
+      <c r="D33" s="29"/>
+      <c r="E33" s="29"/>
+      <c r="F33" s="29"/>
+      <c r="G33" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H33" s="17"/>
-[...2 lines deleted...]
-      <c r="A34" s="40" t="s">
+      <c r="H33" s="2"/>
+    </row>
+    <row r="34" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A34" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="B34" s="48"/>
-[...4 lines deleted...]
-      <c r="G34" s="16">
+      <c r="B34" s="43"/>
+      <c r="C34" s="28"/>
+      <c r="D34" s="29"/>
+      <c r="E34" s="29"/>
+      <c r="F34" s="29"/>
+      <c r="G34" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H34" s="17"/>
-[...2 lines deleted...]
-      <c r="A35" s="40" t="s">
+      <c r="H34" s="2"/>
+    </row>
+    <row r="35" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A35" s="35" t="s">
         <v>31</v>
       </c>
-      <c r="B35" s="48"/>
-[...4 lines deleted...]
-      <c r="G35" s="16">
+      <c r="B35" s="43"/>
+      <c r="C35" s="28"/>
+      <c r="D35" s="29"/>
+      <c r="E35" s="29"/>
+      <c r="F35" s="29"/>
+      <c r="G35" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H35" s="17"/>
-[...2 lines deleted...]
-      <c r="A36" s="40" t="s">
+      <c r="H35" s="2"/>
+    </row>
+    <row r="36" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A36" s="35" t="s">
         <v>32</v>
       </c>
-      <c r="B36" s="48"/>
-[...4 lines deleted...]
-      <c r="G36" s="16">
+      <c r="B36" s="43"/>
+      <c r="C36" s="28"/>
+      <c r="D36" s="29"/>
+      <c r="E36" s="29"/>
+      <c r="F36" s="29"/>
+      <c r="G36" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H36" s="17"/>
-[...2 lines deleted...]
-      <c r="A37" s="39" t="s">
+      <c r="H36" s="2"/>
+    </row>
+    <row r="37" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A37" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="B37" s="48"/>
-[...4 lines deleted...]
-      <c r="G37" s="16">
+      <c r="B37" s="43"/>
+      <c r="C37" s="28"/>
+      <c r="D37" s="29"/>
+      <c r="E37" s="29"/>
+      <c r="F37" s="29"/>
+      <c r="G37" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H37" s="17"/>
-[...2 lines deleted...]
-      <c r="A38" s="41" t="s">
+      <c r="H37" s="2"/>
+    </row>
+    <row r="38" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A38" s="36" t="s">
         <v>33</v>
       </c>
-      <c r="B38" s="49"/>
-[...4 lines deleted...]
-      <c r="G38" s="19">
+      <c r="B38" s="44"/>
+      <c r="C38" s="30"/>
+      <c r="D38" s="31"/>
+      <c r="E38" s="31"/>
+      <c r="F38" s="31"/>
+      <c r="G38" s="16">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H38" s="17"/>
+      <c r="H38" s="2"/>
     </row>
     <row r="39" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A39" s="7" t="s">
+      <c r="A39" s="6" t="s">
         <v>5</v>
       </c>
-      <c r="B39" s="47" t="s">
+      <c r="B39" s="42" t="s">
         <v>4</v>
       </c>
-      <c r="C39" s="12">
+      <c r="C39" s="11">
         <f>IF(C40&gt;0,C40,SUM(C41:C44))+IF(C45&gt;0,C45,C46)</f>
         <v>0</v>
       </c>
-      <c r="D39" s="13">
+      <c r="D39" s="12">
         <f t="shared" ref="D39:F39" si="3">IF(D40&gt;0,D40,SUM(D41:D44))+IF(D45&gt;0,D45,D46)</f>
         <v>0</v>
       </c>
-      <c r="E39" s="13">
+      <c r="E39" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="F39" s="13">
+      <c r="F39" s="12">
         <f t="shared" si="3"/>
         <v>0</v>
       </c>
-      <c r="G39" s="14">
+      <c r="G39" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H39" s="3"/>
-[...2 lines deleted...]
-      <c r="A40" s="15" t="s">
+      <c r="H39" s="2"/>
+    </row>
+    <row r="40" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A40" s="14" t="s">
         <v>3</v>
       </c>
-      <c r="B40" s="45"/>
-[...4 lines deleted...]
-      <c r="G40" s="16">
+      <c r="B40" s="40"/>
+      <c r="C40" s="28"/>
+      <c r="D40" s="29"/>
+      <c r="E40" s="29"/>
+      <c r="F40" s="29"/>
+      <c r="G40" s="13">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H40" s="17"/>
-[...2 lines deleted...]
-      <c r="A41" s="40" t="s">
+      <c r="H40" s="2"/>
+    </row>
+    <row r="41" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A41" s="35" t="s">
         <v>34</v>
       </c>
-      <c r="B41" s="45"/>
-[...4 lines deleted...]
-      <c r="G41" s="16">
+      <c r="B41" s="40"/>
+      <c r="C41" s="28"/>
+      <c r="D41" s="29"/>
+      <c r="E41" s="29"/>
+      <c r="F41" s="29"/>
+      <c r="G41" s="13">
         <f t="shared" ref="G41:G46" si="4">SUM(C41:F41)</f>
         <v>0</v>
       </c>
-      <c r="H41" s="17"/>
-[...2 lines deleted...]
-      <c r="A42" s="40" t="s">
+      <c r="H41" s="2"/>
+    </row>
+    <row r="42" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A42" s="35" t="s">
         <v>30</v>
       </c>
-      <c r="B42" s="45"/>
-[...4 lines deleted...]
-      <c r="G42" s="16">
+      <c r="B42" s="40"/>
+      <c r="C42" s="28"/>
+      <c r="D42" s="29"/>
+      <c r="E42" s="29"/>
+      <c r="F42" s="29"/>
+      <c r="G42" s="13">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="H42" s="17"/>
-[...2 lines deleted...]
-      <c r="A43" s="40" t="s">
+      <c r="H42" s="2"/>
+    </row>
+    <row r="43" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A43" s="35" t="s">
         <v>31</v>
       </c>
-      <c r="B43" s="45"/>
-[...4 lines deleted...]
-      <c r="G43" s="16">
+      <c r="B43" s="40"/>
+      <c r="C43" s="28"/>
+      <c r="D43" s="29"/>
+      <c r="E43" s="29"/>
+      <c r="F43" s="29"/>
+      <c r="G43" s="13">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="H43" s="17"/>
-[...2 lines deleted...]
-      <c r="A44" s="40" t="s">
+      <c r="H43" s="2"/>
+    </row>
+    <row r="44" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A44" s="35" t="s">
         <v>32</v>
       </c>
-      <c r="B44" s="45"/>
-[...4 lines deleted...]
-      <c r="G44" s="16">
+      <c r="B44" s="40"/>
+      <c r="C44" s="28"/>
+      <c r="D44" s="29"/>
+      <c r="E44" s="29"/>
+      <c r="F44" s="29"/>
+      <c r="G44" s="13">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="H44" s="17"/>
-[...2 lines deleted...]
-      <c r="A45" s="39" t="s">
+      <c r="H44" s="2"/>
+    </row>
+    <row r="45" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A45" s="34" t="s">
         <v>2</v>
       </c>
-      <c r="B45" s="45"/>
-[...4 lines deleted...]
-      <c r="G45" s="16">
+      <c r="B45" s="40"/>
+      <c r="C45" s="28"/>
+      <c r="D45" s="29"/>
+      <c r="E45" s="29"/>
+      <c r="F45" s="29"/>
+      <c r="G45" s="13">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="H45" s="17"/>
-[...2 lines deleted...]
-      <c r="A46" s="41" t="s">
+      <c r="H45" s="2"/>
+    </row>
+    <row r="46" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A46" s="36" t="s">
         <v>33</v>
       </c>
-      <c r="B46" s="45"/>
-[...4 lines deleted...]
-      <c r="G46" s="19">
+      <c r="B46" s="40"/>
+      <c r="C46" s="30"/>
+      <c r="D46" s="31"/>
+      <c r="E46" s="31"/>
+      <c r="F46" s="31"/>
+      <c r="G46" s="16">
         <f t="shared" si="4"/>
         <v>0</v>
       </c>
-      <c r="H46" s="17"/>
-[...2 lines deleted...]
-      <c r="A47" s="6" t="s">
+      <c r="H46" s="2"/>
+    </row>
+    <row r="47" spans="1:8" x14ac:dyDescent="0.25">
+      <c r="A47" s="5" t="s">
         <v>1</v>
       </c>
-      <c r="B47" s="25" t="s">
-[...6 lines deleted...]
-      <c r="G47" s="26">
+      <c r="B47" s="22" t="s">
+        <v>0</v>
+      </c>
+      <c r="C47" s="32"/>
+      <c r="D47" s="32"/>
+      <c r="E47" s="32"/>
+      <c r="F47" s="32"/>
+      <c r="G47" s="23">
         <f t="shared" si="2"/>
         <v>0</v>
       </c>
-      <c r="H47" s="17"/>
+      <c r="H47" s="2"/>
     </row>
     <row r="48" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A48" s="3"/>
-[...6 lines deleted...]
-      <c r="H48" s="3"/>
+      <c r="A48" s="2"/>
+      <c r="B48" s="2"/>
+      <c r="C48" s="2"/>
+      <c r="D48" s="2"/>
+      <c r="E48" s="2"/>
+      <c r="F48" s="2"/>
+      <c r="G48" s="2"/>
+      <c r="H48" s="2"/>
     </row>
     <row r="49" spans="1:8" x14ac:dyDescent="0.25">
-      <c r="A49" s="3"/>
-[...6 lines deleted...]
-      <c r="H49" s="3"/>
+      <c r="A49" s="2"/>
+      <c r="B49" s="2"/>
+      <c r="C49" s="2"/>
+      <c r="D49" s="2"/>
+      <c r="E49" s="2"/>
+      <c r="F49" s="2"/>
+      <c r="G49" s="2"/>
+      <c r="H49" s="2"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="0ugWJ5kl2W3mAQ674Xg6XOEsRn0/Ek0/ASlzUnJluNk4/kvzyk0jf+Gef52E8apkeyxKK/NF5ObGWUu7JyMBew==" saltValue="ZOkfv9iZ8PxS+MqpJVL47w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="EX9d+57ZmwRBo9xMPt1P7IPE9SCSZaE9cbosPGx/F7iSm5JBjdSL6879ajnkimWPmcMlfTAVVmzQu4Gin7pS/A==" saltValue="HmRrv+5tr2RR8fISeDKF8A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="16">
     <mergeCell ref="B39:B46"/>
     <mergeCell ref="A4:G4"/>
     <mergeCell ref="B10:G10"/>
     <mergeCell ref="B11:G11"/>
     <mergeCell ref="B12:G12"/>
     <mergeCell ref="B8:G8"/>
     <mergeCell ref="A5:G5"/>
     <mergeCell ref="A6:G6"/>
     <mergeCell ref="B15:G15"/>
     <mergeCell ref="B29:G29"/>
     <mergeCell ref="B9:G9"/>
     <mergeCell ref="A1:S1"/>
     <mergeCell ref="A2:S2"/>
     <mergeCell ref="B17:B21"/>
     <mergeCell ref="B22:B26"/>
     <mergeCell ref="B31:B38"/>
   </mergeCells>
   <hyperlinks>
-    <hyperlink ref="A2:F2" r:id="rId1" display="Upload det udfyldte regneark på: www.dst.dk/kapitelstakster"/>
-[...2 lines deleted...]
-    <hyperlink ref="A1" r:id="rId4" location="_Type2"/>
+    <hyperlink ref="A2:F2" r:id="rId1" display="Upload det udfyldte regneark på: www.dst.dk/kapitelstakster" xr:uid="{00000000-0004-0000-0000-000000000000}"/>
+    <hyperlink ref="A2:S2" r:id="rId2" display="Upload det udfyldte regneark på: www.dst.dk/kapitelstakster" xr:uid="{00000000-0004-0000-0000-000001000000}"/>
+    <hyperlink ref="A2:XFD2" r:id="rId3" display="Upload det udfyldte regneark på: www.dst.dk/JbtKvt" xr:uid="{00000000-0004-0000-0000-000002000000}"/>
+    <hyperlink ref="A1" r:id="rId4" location="_Type2" xr:uid="{00000000-0004-0000-0000-000003000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Regneark</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>GODS_PASSAGER</vt:lpstr>
     </vt:vector>